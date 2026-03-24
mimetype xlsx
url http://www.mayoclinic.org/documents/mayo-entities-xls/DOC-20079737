--- v0 (2026-01-31)
+++ v1 (2026-03-24)
@@ -3,83 +3,83 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\m248166\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F30468D7-6034-45E9-B175-9F95FD0CD1B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09008FA7-81AB-478A-9E76-D35CB7AED8E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="3720" windowWidth="29040" windowHeight="15840" xr2:uid="{9DED9C46-FE7D-4325-B852-B7457D61C7B2}"/>
+    <workbookView xWindow="-28920" yWindow="3720" windowWidth="29040" windowHeight="15720" xr2:uid="{9DED9C46-FE7D-4325-B852-B7457D61C7B2}"/>
   </bookViews>
   <sheets>
-    <sheet name="08142025" sheetId="1" r:id="rId1"/>
+    <sheet name="02182026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6205" uniqueCount="1379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6224" uniqueCount="1382">
   <si>
     <t>Level</t>
   </si>
   <si>
     <t>GLN</t>
   </si>
   <si>
     <t>ParentGLN</t>
   </si>
   <si>
     <t>LocationName</t>
   </si>
   <si>
     <t>LocationName2</t>
   </si>
   <si>
     <t>ReplacedGLN</t>
   </si>
   <si>
     <t>AddressLine1</t>
   </si>
   <si>
     <t>AddressLine2</t>
   </si>
   <si>
@@ -4172,50 +4172,59 @@
     <t>4348 MORMON COULEE RD</t>
   </si>
   <si>
     <t>54601</t>
   </si>
   <si>
     <t>2025-08-06</t>
   </si>
   <si>
     <t>1100093912217</t>
   </si>
   <si>
     <t>1100093687658</t>
   </si>
   <si>
     <t>Mayo Clinic Health System Red Wing- VitalSource</t>
   </si>
   <si>
     <t>701 HEWITT BLVD # 2-C55</t>
   </si>
   <si>
     <t>507-422-0412</t>
   </si>
   <si>
     <t>2025-08-13</t>
+  </si>
+  <si>
+    <t>1100091985053</t>
+  </si>
+  <si>
+    <t>PHARMACY VITALSOURCE</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -4568,55 +4577,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF6F890D-2C7C-47AE-9421-52BD1FC5D2AD}">
-  <dimension ref="A1:V320"/>
+  <dimension ref="A1:V321"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B239" sqref="B239"/>
+    <sheetView tabSelected="1" topLeftCell="I1" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A158" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="V185" sqref="V185"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.85546875" customWidth="1"/>
     <col min="3" max="3" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="53.28515625" customWidth="1"/>
     <col min="5" max="5" width="15.5703125" customWidth="1"/>
     <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="41.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="27.28515625" customWidth="1"/>
     <col min="9" max="9" width="16.42578125" customWidth="1"/>
     <col min="10" max="10" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="20" customWidth="1"/>
     <col min="17" max="18" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="26.28515625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16.85546875" bestFit="1" customWidth="1"/>
@@ -16366,4402 +16375,4393 @@
       <c r="O184" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P184" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="Q184" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R184" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="S184" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T184" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U184" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V184" s="1" t="s">
         <v>508</v>
       </c>
     </row>
-    <row r="186" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="K186" s="1" t="s">
+    <row r="185" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J185" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="K185" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="L186" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O186" s="1" t="s">
+      <c r="L185" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="M185" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N185" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="O185" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P186" s="1" t="s">
-[...18 lines deleted...]
-        <v>486</v>
+      <c r="P185" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q185" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="R185" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="S185" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T185" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U185" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V185" s="1" t="s">
+        <v>1381</v>
       </c>
     </row>
     <row r="187" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A187" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>601</v>
+        <v>16</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>609</v>
+        <v>17</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>401</v>
+        <v>104</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J187" s="1" t="s">
         <v>604</v>
       </c>
       <c r="K187" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L187" s="1" t="s">
         <v>605</v>
       </c>
       <c r="M187" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="O187" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P187" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q187" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R187" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="S187" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T187" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U187" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V187" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="188" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A188" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>17</v>
+        <v>609</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>610</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>600</v>
+        <v>401</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J188" s="1" t="s">
         <v>604</v>
       </c>
       <c r="K188" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L188" s="1" t="s">
         <v>605</v>
       </c>
       <c r="M188" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>386</v>
+        <v>611</v>
       </c>
       <c r="O188" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P188" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q188" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R188" s="1" t="s">
-        <v>81</v>
+        <v>1286</v>
       </c>
       <c r="S188" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T188" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U188" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V188" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="189" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A189" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>168</v>
+        <v>600</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J189" s="1" t="s">
         <v>604</v>
       </c>
       <c r="K189" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L189" s="1" t="s">
         <v>605</v>
       </c>
       <c r="M189" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>616</v>
+        <v>386</v>
       </c>
       <c r="O189" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P189" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q189" s="1" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="R189" s="1" t="s">
-        <v>1284</v>
+        <v>81</v>
       </c>
       <c r="S189" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T189" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U189" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V189" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="190" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A190" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>619</v>
+        <v>603</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>17</v>
+        <v>168</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>620</v>
+        <v>604</v>
       </c>
       <c r="K190" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L190" s="1" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
       <c r="M190" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="O190" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P190" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q190" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="R190" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="S190" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T190" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U190" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V190" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="191" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H191" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I191" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J191" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="K191" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="L191" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="M191" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N191" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="O191" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P191" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q191" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R190" s="1" t="s">
+      <c r="R191" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S190" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V190" s="1" t="s">
+      <c r="S191" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T191" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U191" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V191" s="1" t="s">
         <v>341</v>
-      </c>
-[...66 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="193" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A193" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>623</v>
+        <v>16</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>631</v>
+        <v>17</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>625</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>401</v>
+        <v>17</v>
       </c>
       <c r="J193" s="1" t="s">
         <v>626</v>
       </c>
       <c r="K193" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L193" s="1" t="s">
         <v>627</v>
       </c>
       <c r="M193" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="O193" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P193" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q193" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R193" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="S193" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T193" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U193" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V193" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="194" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A194" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>17</v>
+        <v>631</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>17</v>
+        <v>401</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="K194" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L194" s="1" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="M194" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="O194" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P194" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q194" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R194" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S194" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T194" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U194" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V194" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="195" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A195" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>641</v>
+        <v>17</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="K195" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L195" s="1" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="M195" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>386</v>
+        <v>638</v>
       </c>
       <c r="O195" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P195" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q195" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R195" s="1" t="s">
-        <v>81</v>
+        <v>1286</v>
       </c>
       <c r="S195" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T195" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U195" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V195" s="1" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="197" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="O197" s="1" t="s">
+    <row r="196" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="I196" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J196" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="K196" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="L196" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="M196" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N196" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="O196" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q197" s="1" t="s">
+      <c r="P196" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q196" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R197" s="1" t="s">
-[...11 lines deleted...]
-      <c r="V197" s="1" t="s">
+      <c r="R196" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="S196" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T196" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U196" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V196" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="198" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>642</v>
+        <v>16</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J198" s="1" t="s">
         <v>645</v>
       </c>
       <c r="K198" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="M198" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="O198" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P198" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q198" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R198" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="S198" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T198" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U198" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V198" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="199" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>656</v>
+        <v>645</v>
       </c>
       <c r="K199" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="M199" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="O199" s="1" t="s">
-        <v>245</v>
+        <v>43</v>
       </c>
       <c r="P199" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q199" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R199" s="1" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="S199" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T199" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U199" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V199" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="200" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="K200" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="M200" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="O200" s="1" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="P200" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q200" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R200" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="S200" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T200" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U200" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V200" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="201" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>667</v>
+        <v>17</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>669</v>
+        <v>17</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>65</v>
+        <v>662</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L201" s="1" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="M201" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="O201" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P201" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q201" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R201" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S201" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T201" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U201" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V201" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="202" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>17</v>
+        <v>667</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>17</v>
+        <v>669</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>645</v>
+        <v>65</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="M202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="O202" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P202" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q202" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R202" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S202" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T202" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U202" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V202" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="203" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J203" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="K203" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L203" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="M203" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N203" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="O203" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P203" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q203" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R203" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S203" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T203" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U203" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V203" s="1" t="s">
         <v>333</v>
-      </c>
-[...66 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="205" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>677</v>
+        <v>16</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J205" s="1" t="s">
         <v>680</v>
       </c>
       <c r="K205" s="1" t="s">
         <v>338</v>
       </c>
       <c r="L205" s="1" t="s">
         <v>681</v>
       </c>
       <c r="M205" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N205" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="O205" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="P205" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q205" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="R205" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="S205" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T205" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U205" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V205" s="1" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="206" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I206" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J206" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="K206" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="L206" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="M206" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N206" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="O205" s="1" t="s">
+      <c r="O206" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="P205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q205" s="1" t="s">
+      <c r="P206" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q206" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R205" s="1" t="s">
+      <c r="R206" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S205" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V205" s="1" t="s">
+      <c r="S206" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T206" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U206" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V206" s="1" t="s">
         <v>688</v>
-      </c>
-[...66 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="208" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>845</v>
+        <v>16</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>17</v>
+        <v>209</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J208" s="1" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>855</v>
+        <v>849</v>
       </c>
       <c r="M208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="O208" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P208" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R208" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="S208" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T208" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U208" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V208" s="1" t="s">
-        <v>857</v>
+        <v>486</v>
       </c>
     </row>
     <row r="209" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>859</v>
+        <v>852</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>860</v>
+        <v>853</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J209" s="1" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="M209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>863</v>
+        <v>856</v>
       </c>
       <c r="O209" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P209" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q209" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R209" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S209" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T209" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U209" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V209" s="1" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="210" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>847</v>
+        <v>860</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>848</v>
+        <v>861</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>849</v>
+        <v>862</v>
       </c>
       <c r="M210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="O210" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P210" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q210" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R210" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S210" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T210" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U210" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V210" s="1" t="s">
-        <v>486</v>
+        <v>857</v>
       </c>
     </row>
     <row r="211" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>847</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>600</v>
+        <v>17</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J211" s="1" t="s">
         <v>848</v>
       </c>
       <c r="K211" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L211" s="1" t="s">
         <v>849</v>
       </c>
       <c r="M211" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N211" s="1" t="s">
         <v>866</v>
       </c>
       <c r="O211" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P211" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q211" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R211" s="1" t="s">
-        <v>81</v>
+        <v>1286</v>
       </c>
       <c r="S211" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T211" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U211" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V211" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="212" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>872</v>
+        <v>847</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>406</v>
+        <v>600</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>861</v>
+        <v>848</v>
       </c>
       <c r="K212" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>862</v>
+        <v>849</v>
       </c>
       <c r="M212" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>51</v>
+        <v>866</v>
       </c>
       <c r="O212" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P212" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q212" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R212" s="1" t="s">
-        <v>1286</v>
+        <v>81</v>
       </c>
       <c r="S212" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U212" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V212" s="1" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="214" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="K214" s="1" t="s">
+    <row r="213" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H213" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="I213" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J213" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="K213" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L214" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O214" s="1" t="s">
+      <c r="L213" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="M213" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N213" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="O213" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P214" s="1" t="s">
-[...17 lines deleted...]
-      <c r="V214" s="1" t="s">
+      <c r="P213" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q213" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R213" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S213" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T213" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U213" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V213" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="215" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>873</v>
+        <v>16</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>881</v>
+        <v>330</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="M215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N215" s="1" t="s">
-        <v>863</v>
+        <v>877</v>
       </c>
       <c r="O215" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P215" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q215" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R215" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="S215" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T215" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U215" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V215" s="1" t="s">
-        <v>135</v>
+        <v>486</v>
       </c>
     </row>
     <row r="216" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>873</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J216" s="1" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="K216" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="M216" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N216" s="1" t="s">
-        <v>888</v>
+        <v>863</v>
       </c>
       <c r="O216" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P216" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q216" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R216" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S216" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T216" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U216" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V216" s="1" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="218" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="K218" s="1" t="s">
+    <row r="217" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J217" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="K217" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L218" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O218" s="1" t="s">
+      <c r="L217" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="M217" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N217" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="O217" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P218" s="1" t="s">
-[...18 lines deleted...]
-        <v>486</v>
+      <c r="P217" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q217" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R217" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S217" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T217" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U217" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V217" s="1" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="219" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A219" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>895</v>
+        <v>889</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>889</v>
+        <v>16</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>896</v>
+        <v>890</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>897</v>
+        <v>891</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>898</v>
+        <v>892</v>
       </c>
       <c r="K219" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L219" s="1" t="s">
-        <v>899</v>
+        <v>893</v>
       </c>
       <c r="M219" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N219" s="1" t="s">
-        <v>900</v>
+        <v>894</v>
       </c>
       <c r="O219" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P219" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q219" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R219" s="1" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="S219" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T219" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U219" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V219" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="220" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A220" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>901</v>
+        <v>895</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>902</v>
+        <v>896</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>903</v>
+        <v>897</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>904</v>
+        <v>898</v>
       </c>
       <c r="K220" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L220" s="1" t="s">
-        <v>905</v>
+        <v>899</v>
       </c>
       <c r="M220" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N220" s="1" t="s">
-        <v>906</v>
+        <v>900</v>
       </c>
       <c r="O220" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P220" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q220" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R220" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="S220" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T220" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U220" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V220" s="1" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="222" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="K222" s="1" t="s">
+    <row r="221" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I221" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J221" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="K221" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L222" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O222" s="1" t="s">
+      <c r="L221" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="M221" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N221" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="O221" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P222" s="1" t="s">
-[...17 lines deleted...]
-      <c r="V222" s="1" t="s">
+      <c r="P221" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q221" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R221" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="S221" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T221" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U221" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V221" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="223" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1319</v>
+        <v>40</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>907</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>907</v>
+        <v>16</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>908</v>
       </c>
+      <c r="E223" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>17</v>
+      </c>
       <c r="G223" s="1" t="s">
         <v>909</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>1320</v>
+        <v>17</v>
+      </c>
+      <c r="I223" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="J223" s="1" t="s">
         <v>910</v>
       </c>
       <c r="K223" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L223" s="1" t="s">
         <v>911</v>
       </c>
       <c r="M223" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N223" s="1" t="s">
         <v>912</v>
       </c>
       <c r="O223" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P223" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q223" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="R223" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="S223" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T223" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U223" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V223" s="1" t="s">
-        <v>1321</v>
+        <v>486</v>
       </c>
     </row>
     <row r="224" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B224" s="1" t="s">
-        <v>913</v>
+      <c r="B224" s="2" t="s">
+        <v>1319</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>914</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>908</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1320</v>
       </c>
       <c r="J224" s="1" t="s">
         <v>910</v>
       </c>
       <c r="K224" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
       <c r="M224" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N224" s="1" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="O224" s="1" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="P224" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q224" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R224" s="1" t="s">
-        <v>81</v>
+        <v>1289</v>
       </c>
       <c r="S224" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T224" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U224" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V224" s="1" t="s">
-        <v>918</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="225" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J225" s="1" t="s">
         <v>910</v>
       </c>
       <c r="K225" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="M225" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N225" s="1" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="O225" s="1" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="P225" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q225" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R225" s="1" t="s">
-        <v>1292</v>
+        <v>81</v>
       </c>
       <c r="S225" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T225" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U225" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V225" s="1" t="s">
-        <v>486</v>
+        <v>918</v>
       </c>
     </row>
     <row r="226" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J226" s="1" t="s">
         <v>910</v>
       </c>
       <c r="K226" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L226" s="1" t="s">
-        <v>911</v>
+        <v>922</v>
       </c>
       <c r="M226" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N226" s="1" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="O226" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P226" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q226" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R226" s="1" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="S226" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T226" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U226" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V226" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="227" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="H227" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J227" s="1" t="s">
         <v>910</v>
       </c>
       <c r="K227" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L227" s="1" t="s">
-        <v>931</v>
+        <v>911</v>
       </c>
       <c r="M227" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N227" s="1" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="O227" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P227" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q227" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R227" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S227" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T227" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U227" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V227" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="228" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J228" s="1" t="s">
-        <v>936</v>
+        <v>910</v>
       </c>
       <c r="K228" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L228" s="1" t="s">
-        <v>937</v>
+        <v>931</v>
       </c>
       <c r="M228" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N228" s="1" t="s">
-        <v>938</v>
+        <v>932</v>
       </c>
       <c r="O228" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P228" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q228" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R228" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S228" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T228" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U228" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V228" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="229" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c r="H229" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J229" s="1" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="K229" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L229" s="1" t="s">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c r="M229" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N229" s="1" t="s">
-        <v>944</v>
+        <v>938</v>
       </c>
       <c r="O229" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P229" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q229" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R229" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S229" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T229" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U229" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V229" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="230" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>945</v>
+        <v>939</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>946</v>
+        <v>940</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J230" s="1" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
       <c r="K230" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L230" s="1" t="s">
-        <v>949</v>
+        <v>943</v>
       </c>
       <c r="M230" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N230" s="1" t="s">
-        <v>950</v>
+        <v>944</v>
       </c>
       <c r="O230" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P230" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q230" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R230" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S230" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T230" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U230" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V230" s="1" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="232" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="K232" s="1" t="s">
+    <row r="231" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J231" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="K231" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L232" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O232" s="1" t="s">
+      <c r="L231" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="M231" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N231" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="O231" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P232" s="1" t="s">
-[...18 lines deleted...]
-        <v>304</v>
+      <c r="P231" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q231" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R231" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S231" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T231" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U231" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V231" s="1" t="s">
+        <v>486</v>
       </c>
     </row>
     <row r="233" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>958</v>
+        <v>951</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>951</v>
+        <v>16</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1303</v>
+        <v>952</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>959</v>
+        <v>953</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>954</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>960</v>
+        <v>17</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J233" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K233" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L233" s="1" t="s">
         <v>956</v>
       </c>
       <c r="M233" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N233" s="1" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="O233" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P233" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q233" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="R233" s="1" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="S233" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T233" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U233" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V233" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="234" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>963</v>
+        <v>1303</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>17</v>
+        <v>959</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>964</v>
+        <v>954</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>17</v>
+        <v>960</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J234" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K234" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L234" s="1" t="s">
-        <v>965</v>
+        <v>956</v>
       </c>
       <c r="M234" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N234" s="1" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="O234" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P234" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q234" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="R234" s="1" t="s">
-        <v>81</v>
+        <v>1284</v>
       </c>
       <c r="S234" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T234" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U234" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V234" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="235" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="H235" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J235" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K235" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L235" s="1" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="M235" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N235" s="1" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="O235" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P235" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q235" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R235" s="1" t="s">
-        <v>1286</v>
+        <v>81</v>
       </c>
       <c r="S235" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T235" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U235" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V235" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="236" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="H236" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J236" s="1" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="K236" s="1" t="s">
-        <v>384</v>
+        <v>22</v>
       </c>
       <c r="L236" s="1" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
       <c r="M236" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N236" s="1" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="O236" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P236" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q236" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R236" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S236" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T236" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U236" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V236" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="237" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A237" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="H237" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J237" s="1" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="K237" s="1" t="s">
-        <v>22</v>
+        <v>384</v>
       </c>
       <c r="L237" s="1" t="s">
-        <v>982</v>
+        <v>976</v>
       </c>
       <c r="M237" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N237" s="1" t="s">
         <v>977</v>
       </c>
       <c r="O237" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P237" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q237" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R237" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S237" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T237" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U237" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V237" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="238" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="H238" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J238" s="1" t="s">
-        <v>955</v>
+        <v>981</v>
       </c>
       <c r="K238" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L238" s="1" t="s">
-        <v>956</v>
+        <v>982</v>
       </c>
       <c r="M238" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N238" s="1" t="s">
-        <v>986</v>
+        <v>977</v>
       </c>
       <c r="O238" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P238" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q238" s="1" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="R238" s="1" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="S238" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T238" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U238" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V238" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="239" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>1374</v>
+        <v>983</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>1375</v>
+        <v>984</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>1376</v>
+        <v>985</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="J239" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K239" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L239" s="1" t="s">
         <v>956</v>
       </c>
       <c r="M239" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N239" s="1" t="s">
-        <v>1377</v>
+        <v>986</v>
       </c>
       <c r="O239" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P239" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q239" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="R239" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="S239" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T239" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U239" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V239" s="1" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="240" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="J240" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="K240" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L240" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="M240" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N240" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="O240" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P240" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q240" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R239" s="1" t="s">
+      <c r="R240" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S239" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V239" s="1" t="s">
+      <c r="S240" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T240" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U240" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V240" s="1" t="s">
         <v>1378</v>
-      </c>
-[...66 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="242" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>987</v>
+        <v>16</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>994</v>
+        <v>988</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>17</v>
+        <v>489</v>
       </c>
       <c r="I242" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J242" s="1" t="s">
         <v>990</v>
       </c>
       <c r="K242" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L242" s="1" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="M242" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N242" s="1" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="O242" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P242" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q242" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R242" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="S242" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T242" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U242" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V242" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="243" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>168</v>
+        <v>17</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J243" s="1" t="s">
         <v>990</v>
       </c>
       <c r="K243" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L243" s="1" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="M243" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N243" s="1" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="O243" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P243" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q243" s="1" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="R243" s="1" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="S243" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T243" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U243" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V243" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="244" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="E244" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>1003</v>
+        <v>989</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>17</v>
+        <v>168</v>
       </c>
       <c r="I244" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J244" s="1" t="s">
-        <v>1004</v>
+        <v>990</v>
       </c>
       <c r="K244" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L244" s="1" t="s">
-        <v>1005</v>
+        <v>991</v>
       </c>
       <c r="M244" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N244" s="1" t="s">
-        <v>1006</v>
+        <v>1000</v>
       </c>
       <c r="O244" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P244" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q244" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="R244" s="1" t="s">
-        <v>1295</v>
+        <v>1284</v>
       </c>
       <c r="S244" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T244" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U244" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V244" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="245" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="E245" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>1009</v>
+        <v>1003</v>
       </c>
       <c r="H245" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I245" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J245" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="K245" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L245" s="1" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
       <c r="M245" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N245" s="1" t="s">
-        <v>386</v>
+        <v>1006</v>
       </c>
       <c r="O245" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P245" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q245" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R245" s="1" t="s">
-        <v>1286</v>
+        <v>1295</v>
       </c>
       <c r="S245" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T245" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U245" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V245" s="1" t="s">
-        <v>387</v>
+        <v>304</v>
       </c>
     </row>
     <row r="246" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>1013</v>
+        <v>17</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="H246" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I246" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J246" s="1" t="s">
-        <v>1015</v>
+        <v>990</v>
       </c>
       <c r="K246" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L246" s="1" t="s">
-        <v>1016</v>
+        <v>1010</v>
       </c>
       <c r="M246" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N246" s="1" t="s">
-        <v>1017</v>
+        <v>386</v>
       </c>
       <c r="O246" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P246" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q246" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R246" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S246" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T246" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U246" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V246" s="1" t="s">
-        <v>304</v>
+        <v>387</v>
       </c>
     </row>
     <row r="247" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
       <c r="H247" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J247" s="1" t="s">
-        <v>1022</v>
+        <v>1015</v>
       </c>
       <c r="K247" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L247" s="1" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="M247" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N247" s="1" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="O247" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P247" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q247" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R247" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S247" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T247" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U247" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V247" s="1" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="249" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="K249" s="1" t="s">
+    <row r="248" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J248" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K248" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="L249" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O249" s="1" t="s">
+      <c r="L248" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M248" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N248" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="O248" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P249" s="1" t="s">
-[...18 lines deleted...]
-        <v>387</v>
+      <c r="P248" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q248" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R248" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S248" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T248" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U248" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V248" s="1" t="s">
+        <v>304</v>
       </c>
     </row>
     <row r="250" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>1025</v>
+        <v>16</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>401</v>
+        <v>17</v>
       </c>
       <c r="I250" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J250" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="K250" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L250" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="M250" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N250" s="1" t="s">
-        <v>386</v>
+        <v>1030</v>
       </c>
       <c r="O250" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P250" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q250" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R250" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="S250" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T250" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U250" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V250" s="1" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="251" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>1035</v>
+        <v>17</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>17</v>
+        <v>401</v>
       </c>
       <c r="I251" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J251" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="K251" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L251" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="M251" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N251" s="1" t="s">
-        <v>51</v>
+        <v>386</v>
       </c>
       <c r="O251" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P251" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q251" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R251" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S251" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T251" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U251" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V251" s="1" t="s">
-        <v>486</v>
+        <v>387</v>
       </c>
     </row>
     <row r="252" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>17</v>
+        <v>1035</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="H252" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J252" s="1" t="s">
-        <v>1040</v>
+        <v>1028</v>
       </c>
       <c r="K252" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L252" s="1" t="s">
-        <v>1041</v>
+        <v>1029</v>
       </c>
       <c r="M252" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N252" s="1" t="s">
-        <v>1042</v>
+        <v>51</v>
       </c>
       <c r="O252" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P252" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q252" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R252" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S252" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T252" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U252" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V252" s="1" t="s">
-        <v>387</v>
+        <v>486</v>
       </c>
     </row>
     <row r="253" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1043</v>
+        <v>1037</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>1044</v>
+        <v>1038</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1045</v>
+        <v>1039</v>
       </c>
       <c r="H253" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J253" s="1" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
       <c r="K253" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L253" s="1" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="M253" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N253" s="1" t="s">
-        <v>1048</v>
+        <v>1042</v>
       </c>
       <c r="O253" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P253" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q253" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R253" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S253" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T253" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U253" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V253" s="1" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="254" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1049</v>
+        <v>1043</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="H254" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I254" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J254" s="1" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="K254" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L254" s="1" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="M254" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N254" s="1" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="O254" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P254" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q254" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R254" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="S254" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T254" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U254" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V254" s="1" t="s">
-        <v>486</v>
-[...45 lines deleted...]
-      <c r="O256" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="255" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J255" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K255" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="L255" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="M255" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N255" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="O255" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P256" s="1" t="s">
-[...17 lines deleted...]
-      <c r="V256" s="1" t="s">
+      <c r="P255" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q255" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R255" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="S255" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T255" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U255" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V255" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="257" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1055</v>
+        <v>16</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1063</v>
+        <v>1057</v>
       </c>
       <c r="H257" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J257" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="K257" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L257" s="1" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="M257" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N257" s="1" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="O257" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P257" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q257" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="R257" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="S257" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T257" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U257" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V257" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="258" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J258" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="K258" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L258" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="M258" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N258" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="O258" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P258" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q258" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R257" s="1" t="s">
+      <c r="R258" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S257" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V257" s="1" t="s">
+      <c r="S258" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T258" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U258" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V258" s="1" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="259" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A259" s="1" t="s">
+    <row r="260" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="B260" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D259" s="1" t="s">
+      <c r="D260" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="E259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F259" s="1" t="s">
+      <c r="E260" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F260" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="G259" s="1" t="s">
+      <c r="G260" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="H259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J259" s="1" t="s">
+      <c r="H260" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J260" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="K259" s="1" t="s">
+      <c r="K260" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L259" s="1" t="s">
+      <c r="L260" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="M259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N259" s="1" t="s">
+      <c r="M260" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N260" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="O259" s="1" t="s">
+      <c r="O260" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q259" s="1" t="s">
+      <c r="P260" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q260" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="R259" s="1" t="s">
+      <c r="R260" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="S259" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V259" s="1" t="s">
+      <c r="S260" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T260" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U260" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V260" s="1" t="s">
         <v>304</v>
-      </c>
-[...66 lines deleted...]
-        <v>1077</v>
       </c>
     </row>
     <row r="262" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1073</v>
+        <v>16</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1080</v>
+        <v>19</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>17</v>
+        <v>1075</v>
       </c>
       <c r="I262" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J262" s="1" t="s">
-        <v>1081</v>
+        <v>21</v>
       </c>
       <c r="K262" s="1" t="s">
-        <v>384</v>
+        <v>22</v>
       </c>
       <c r="L262" s="1" t="s">
-        <v>1082</v>
+        <v>23</v>
       </c>
       <c r="M262" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N262" s="1" t="s">
-        <v>1083</v>
+        <v>51</v>
       </c>
       <c r="O262" s="1" t="s">
-        <v>43</v>
+        <v>1076</v>
       </c>
       <c r="P262" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q262" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R262" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S262" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T262" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U262" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V262" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="263" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1084</v>
+        <v>1078</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>1085</v>
+        <v>1079</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1086</v>
+        <v>1080</v>
       </c>
       <c r="H263" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I263" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J263" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="K263" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L263" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="M263" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N263" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="O263" s="1" t="s">
         <v>43</v>
       </c>
@@ -20770,3100 +20770,3183 @@
       </c>
       <c r="Q263" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R263" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S263" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T263" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U263" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V263" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="264" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A264" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>444</v>
+        <v>1086</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>1089</v>
+        <v>17</v>
       </c>
       <c r="I264" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J264" s="1" t="s">
-        <v>446</v>
+        <v>1081</v>
       </c>
       <c r="K264" s="1" t="s">
-        <v>22</v>
+        <v>384</v>
       </c>
       <c r="L264" s="1" t="s">
-        <v>447</v>
+        <v>1082</v>
       </c>
       <c r="M264" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N264" s="1" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="O264" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P264" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q264" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R264" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S264" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T264" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U264" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V264" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="265" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A265" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1093</v>
+        <v>444</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>17</v>
+        <v>1089</v>
       </c>
       <c r="I265" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J265" s="1" t="s">
-        <v>21</v>
+        <v>446</v>
       </c>
       <c r="K265" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L265" s="1" t="s">
-        <v>1094</v>
+        <v>447</v>
       </c>
       <c r="M265" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N265" s="1" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="O265" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P265" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q265" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R265" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S265" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T265" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U265" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V265" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="266" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A266" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>481</v>
+        <v>1093</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>1089</v>
+        <v>17</v>
       </c>
       <c r="I266" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J266" s="1" t="s">
-        <v>483</v>
+        <v>21</v>
       </c>
       <c r="K266" s="1" t="s">
-        <v>384</v>
+        <v>22</v>
       </c>
       <c r="L266" s="1" t="s">
-        <v>484</v>
+        <v>1094</v>
       </c>
       <c r="M266" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N266" s="1" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="O266" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P266" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q266" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R266" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S266" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T266" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U266" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V266" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="267" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1101</v>
+        <v>481</v>
       </c>
       <c r="H267" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="I267" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J267" s="1" t="s">
-        <v>505</v>
+        <v>483</v>
       </c>
       <c r="K267" s="1" t="s">
         <v>384</v>
       </c>
       <c r="L267" s="1" t="s">
-        <v>1102</v>
+        <v>484</v>
       </c>
       <c r="M267" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N267" s="1" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
       <c r="O267" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P267" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q267" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R267" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S267" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T267" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U267" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V267" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="268" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A268" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>19</v>
+        <v>1101</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>17</v>
+        <v>1089</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="J268" s="1" t="s">
-        <v>21</v>
+        <v>505</v>
       </c>
       <c r="K268" s="1" t="s">
-        <v>22</v>
+        <v>384</v>
       </c>
       <c r="L268" s="1" t="s">
-        <v>23</v>
+        <v>1102</v>
       </c>
       <c r="M268" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N268" s="1" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="O268" s="1" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="P268" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q268" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R268" s="1" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="S268" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T268" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U268" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V268" s="1" t="s">
-        <v>1107</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="269" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1110</v>
+        <v>19</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>1111</v>
+        <v>17</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>17</v>
+        <v>585</v>
       </c>
       <c r="J269" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K269" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L269" s="1" t="s">
-        <v>1112</v>
+        <v>23</v>
       </c>
       <c r="M269" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N269" s="1" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="O269" s="1" t="s">
         <v>96</v>
       </c>
       <c r="P269" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q269" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R269" s="1" t="s">
-        <v>1294</v>
+        <v>1284</v>
       </c>
       <c r="S269" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T269" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U269" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V269" s="1" t="s">
-        <v>333</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="270" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>17</v>
+        <v>1111</v>
       </c>
       <c r="I270" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J270" s="1" t="s">
-        <v>301</v>
+        <v>21</v>
       </c>
       <c r="K270" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L270" s="1" t="s">
-        <v>302</v>
+        <v>1112</v>
       </c>
       <c r="M270" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N270" s="1" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="O270" s="1" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="P270" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q270" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R270" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S270" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T270" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U270" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V270" s="1" t="s">
-        <v>1077</v>
+        <v>333</v>
       </c>
     </row>
     <row r="271" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A271" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="H271" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I271" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J271" s="1" t="s">
-        <v>358</v>
+        <v>301</v>
       </c>
       <c r="K271" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L271" s="1" t="s">
-        <v>359</v>
+        <v>302</v>
       </c>
       <c r="M271" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N271" s="1" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="O271" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P271" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q271" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R271" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S271" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T271" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U271" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V271" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="272" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A272" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="H272" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I272" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J272" s="1" t="s">
-        <v>910</v>
+        <v>358</v>
       </c>
       <c r="K272" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L272" s="1" t="s">
-        <v>1125</v>
+        <v>359</v>
       </c>
       <c r="M272" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N272" s="1" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="O272" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P272" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q272" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R272" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S272" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T272" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U272" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V272" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="273" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A273" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="H273" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I273" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J273" s="1" t="s">
-        <v>1058</v>
+        <v>910</v>
       </c>
       <c r="K273" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L273" s="1" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="M273" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N273" s="1" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="O273" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P273" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q273" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R273" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S273" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T273" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U273" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V273" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="274" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A274" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1373</v>
+        <v>1127</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>1369</v>
+        <v>1128</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1370</v>
+        <v>1129</v>
       </c>
       <c r="H274" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I274" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J274" s="1" t="s">
-        <v>483</v>
+        <v>1058</v>
       </c>
       <c r="K274" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L274" s="1" t="s">
-        <v>1371</v>
+        <v>1130</v>
       </c>
       <c r="M274" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N274" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="O274" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P274" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q274" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="R274" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="S274" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T274" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U274" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V274" s="1" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="275" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J275" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="K275" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L275" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="M275" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N275" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="O275" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P275" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q275" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="R275" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="S275" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T275" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U275" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V275" s="1" t="s">
         <v>1372</v>
-      </c>
-[...66 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="277" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A277" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1137</v>
+        <v>1132</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1132</v>
+        <v>16</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>17</v>
+        <v>482</v>
       </c>
       <c r="I277" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J277" s="1" t="s">
-        <v>301</v>
+        <v>21</v>
       </c>
       <c r="K277" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L277" s="1" t="s">
-        <v>1140</v>
+        <v>1135</v>
       </c>
       <c r="M277" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N277" s="1" t="s">
-        <v>1141</v>
+        <v>1136</v>
       </c>
       <c r="O277" s="1" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="P277" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q277" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="R277" s="1" t="s">
-        <v>1293</v>
+        <v>35</v>
       </c>
       <c r="S277" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T277" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U277" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V277" s="1" t="s">
-        <v>1142</v>
+        <v>486</v>
       </c>
     </row>
     <row r="278" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1143</v>
+        <v>1137</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>1144</v>
+        <v>1138</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1145</v>
+        <v>1139</v>
       </c>
       <c r="H278" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I278" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J278" s="1" t="s">
-        <v>358</v>
+        <v>301</v>
       </c>
       <c r="K278" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L278" s="1" t="s">
-        <v>1146</v>
+        <v>1140</v>
       </c>
       <c r="M278" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N278" s="1" t="s">
-        <v>1147</v>
+        <v>1141</v>
       </c>
       <c r="O278" s="1" t="s">
-        <v>245</v>
+        <v>43</v>
       </c>
       <c r="P278" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q278" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R278" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S278" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T278" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U278" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V278" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="279" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A279" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>1149</v>
+        <v>1144</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>70</v>
+        <v>1145</v>
       </c>
       <c r="H279" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I279" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J279" s="1" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="K279" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L279" s="1" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="M279" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N279" s="1" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="O279" s="1" t="s">
         <v>245</v>
       </c>
       <c r="P279" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q279" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R279" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S279" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T279" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U279" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V279" s="1" t="s">
-        <v>486</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="280" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1153</v>
+        <v>17</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>444</v>
+        <v>70</v>
       </c>
       <c r="H280" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I280" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J280" s="1" t="s">
-        <v>446</v>
+        <v>21</v>
       </c>
       <c r="K280" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L280" s="1" t="s">
-        <v>447</v>
+        <v>1150</v>
       </c>
       <c r="M280" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N280" s="1" t="s">
-        <v>1154</v>
+        <v>1136</v>
       </c>
       <c r="O280" s="1" t="s">
         <v>245</v>
       </c>
       <c r="P280" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q280" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R280" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S280" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T280" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U280" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V280" s="1" t="s">
-        <v>1142</v>
+        <v>486</v>
       </c>
     </row>
     <row r="281" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>17</v>
+        <v>1153</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1156</v>
+        <v>444</v>
       </c>
       <c r="H281" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I281" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J281" s="1" t="s">
-        <v>1157</v>
+        <v>446</v>
       </c>
       <c r="K281" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L281" s="1" t="s">
-        <v>1158</v>
+        <v>447</v>
       </c>
       <c r="M281" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N281" s="1" t="s">
-        <v>51</v>
+        <v>1154</v>
       </c>
       <c r="O281" s="1" t="s">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="P281" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q281" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R281" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S281" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T281" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U281" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V281" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="282" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>1162</v>
+        <v>17</v>
       </c>
       <c r="I282" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J282" s="1" t="s">
-        <v>21</v>
+        <v>1157</v>
       </c>
       <c r="K282" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L282" s="1" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
       <c r="M282" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N282" s="1" t="s">
-        <v>1164</v>
+        <v>51</v>
       </c>
       <c r="O282" s="1" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="P282" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q282" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R282" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S282" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T282" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U282" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V282" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="283" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1165</v>
+        <v>1132</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>17</v>
+        <v>1162</v>
       </c>
       <c r="I283" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J283" s="1" t="s">
-        <v>383</v>
+        <v>21</v>
       </c>
       <c r="K283" s="1" t="s">
-        <v>384</v>
+        <v>22</v>
       </c>
       <c r="L283" s="1" t="s">
-        <v>1169</v>
+        <v>1163</v>
       </c>
       <c r="M283" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N283" s="1" t="s">
-        <v>1170</v>
+        <v>1164</v>
       </c>
       <c r="O283" s="1" t="s">
-        <v>245</v>
+        <v>43</v>
       </c>
       <c r="P283" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q283" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R283" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S283" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T283" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U283" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V283" s="1" t="s">
-        <v>333</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="284" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1132</v>
+        <v>1165</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1173</v>
+        <v>17</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1174</v>
+        <v>1168</v>
       </c>
       <c r="H284" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I284" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J284" s="1" t="s">
-        <v>910</v>
+        <v>383</v>
       </c>
       <c r="K284" s="1" t="s">
-        <v>22</v>
+        <v>384</v>
       </c>
       <c r="L284" s="1" t="s">
-        <v>1175</v>
+        <v>1169</v>
       </c>
       <c r="M284" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N284" s="1" t="s">
-        <v>1176</v>
+        <v>1170</v>
       </c>
       <c r="O284" s="1" t="s">
         <v>245</v>
       </c>
       <c r="P284" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q284" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R284" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S284" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T284" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U284" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V284" s="1" t="s">
-        <v>1142</v>
+        <v>333</v>
       </c>
     </row>
     <row r="285" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1177</v>
+        <v>1171</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1178</v>
+        <v>1172</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>17</v>
+        <v>1173</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>103</v>
+        <v>1174</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>1179</v>
+        <v>17</v>
       </c>
       <c r="I285" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J285" s="1" t="s">
-        <v>21</v>
+        <v>910</v>
       </c>
       <c r="K285" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L285" s="1" t="s">
-        <v>105</v>
+        <v>1175</v>
       </c>
       <c r="M285" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N285" s="1" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="O285" s="1" t="s">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="P285" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q285" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R285" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S285" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T285" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U285" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V285" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="286" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1183</v>
+        <v>103</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>17</v>
+        <v>1179</v>
       </c>
       <c r="I286" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J286" s="1" t="s">
-        <v>1184</v>
+        <v>21</v>
       </c>
       <c r="K286" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L286" s="1" t="s">
-        <v>1185</v>
+        <v>105</v>
       </c>
       <c r="M286" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N286" s="1" t="s">
-        <v>1186</v>
+        <v>1180</v>
       </c>
       <c r="O286" s="1" t="s">
-        <v>245</v>
+        <v>96</v>
       </c>
       <c r="P286" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q286" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R286" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S286" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T286" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U286" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V286" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="287" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1187</v>
+        <v>1181</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1188</v>
+        <v>1182</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1189</v>
+        <v>1183</v>
       </c>
       <c r="H287" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I287" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J287" s="1" t="s">
-        <v>1190</v>
+        <v>1184</v>
       </c>
       <c r="K287" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L287" s="1" t="s">
-        <v>1191</v>
+        <v>1185</v>
       </c>
       <c r="M287" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N287" s="1" t="s">
-        <v>1147</v>
+        <v>1186</v>
       </c>
       <c r="O287" s="1" t="s">
         <v>245</v>
       </c>
       <c r="P287" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q287" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R287" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S287" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T287" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U287" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V287" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="288" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1192</v>
+        <v>1187</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="H288" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I288" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J288" s="1" t="s">
-        <v>910</v>
+        <v>1190</v>
       </c>
       <c r="K288" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L288" s="1" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="M288" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N288" s="1" t="s">
-        <v>1196</v>
+        <v>1147</v>
       </c>
       <c r="O288" s="1" t="s">
         <v>245</v>
       </c>
       <c r="P288" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q288" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R288" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S288" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T288" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U288" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V288" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="289" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="H289" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J289" s="1" t="s">
-        <v>1058</v>
+        <v>910</v>
       </c>
       <c r="K289" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L289" s="1" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="M289" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N289" s="1" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="O289" s="1" t="s">
         <v>245</v>
       </c>
       <c r="P289" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q289" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R289" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S289" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T289" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U289" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V289" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="290" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1204</v>
+        <v>1199</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>1205</v>
+        <v>17</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J290" s="1" t="s">
-        <v>21</v>
+        <v>1058</v>
       </c>
       <c r="K290" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L290" s="1" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="M290" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N290" s="1" t="s">
-        <v>24</v>
+        <v>1201</v>
       </c>
       <c r="O290" s="1" t="s">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="P290" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q290" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R290" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S290" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T290" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U290" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V290" s="1" t="s">
-        <v>486</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="291" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1207</v>
+        <v>1202</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1208</v>
+        <v>1203</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1134</v>
+        <v>1204</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="I291" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J291" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K291" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L291" s="1" t="s">
-        <v>1135</v>
+        <v>1206</v>
       </c>
       <c r="M291" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N291" s="1" t="s">
-        <v>1164</v>
+        <v>24</v>
       </c>
       <c r="O291" s="1" t="s">
-        <v>245</v>
+        <v>96</v>
       </c>
       <c r="P291" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q291" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R291" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S291" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T291" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U291" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V291" s="1" t="s">
-        <v>1107</v>
+        <v>486</v>
       </c>
     </row>
     <row r="292" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1212</v>
+        <v>17</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1213</v>
+        <v>1134</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>17</v>
+        <v>1209</v>
       </c>
       <c r="I292" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J292" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K292" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L292" s="1" t="s">
-        <v>195</v>
+        <v>1135</v>
       </c>
       <c r="M292" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N292" s="1" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="O292" s="1" t="s">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="P292" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q292" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R292" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S292" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T292" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U292" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V292" s="1" t="s">
-        <v>1142</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="293" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>17</v>
+        <v>1212</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="H293" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I293" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J293" s="1" t="s">
-        <v>1217</v>
+        <v>21</v>
       </c>
       <c r="K293" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L293" s="1" t="s">
-        <v>1218</v>
+        <v>195</v>
       </c>
       <c r="M293" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N293" s="1" t="s">
-        <v>1219</v>
+        <v>1154</v>
       </c>
       <c r="O293" s="1" t="s">
-        <v>245</v>
+        <v>96</v>
       </c>
       <c r="P293" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q293" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R293" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S293" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T293" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U293" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V293" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="294" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1220</v>
+        <v>1214</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="H294" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J294" s="1" t="s">
-        <v>358</v>
+        <v>1217</v>
       </c>
       <c r="K294" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L294" s="1" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="M294" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N294" s="1" t="s">
-        <v>1154</v>
+        <v>1219</v>
       </c>
       <c r="O294" s="1" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="P294" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q294" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R294" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S294" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T294" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U294" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V294" s="1" t="s">
-        <v>1224</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="295" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="H295" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I295" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J295" s="1" t="s">
-        <v>1228</v>
+        <v>358</v>
       </c>
       <c r="K295" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L295" s="1" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="M295" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N295" s="1" t="s">
-        <v>1230</v>
+        <v>1154</v>
       </c>
       <c r="O295" s="1" t="s">
-        <v>245</v>
+        <v>43</v>
       </c>
       <c r="P295" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q295" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R295" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S295" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T295" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U295" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V295" s="1" t="s">
-        <v>486</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="296" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1165</v>
+        <v>1132</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1233</v>
+        <v>17</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1168</v>
+        <v>1227</v>
       </c>
       <c r="H296" s="1" t="s">
-        <v>1234</v>
+        <v>17</v>
       </c>
       <c r="I296" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J296" s="1" t="s">
-        <v>383</v>
+        <v>1228</v>
       </c>
       <c r="K296" s="1" t="s">
-        <v>384</v>
+        <v>22</v>
       </c>
       <c r="L296" s="1" t="s">
-        <v>1169</v>
+        <v>1229</v>
       </c>
       <c r="M296" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N296" s="1" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="O296" s="1" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="P296" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q296" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R296" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S296" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T296" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U296" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V296" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="297" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A297" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B297" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C297" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D297" s="1" t="s">
-        <v>1236</v>
+        <v>1232</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>17</v>
+        <v>1233</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1134</v>
+        <v>1168</v>
       </c>
       <c r="H297" s="1" t="s">
-        <v>17</v>
+        <v>1234</v>
       </c>
       <c r="I297" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J297" s="1" t="s">
-        <v>21</v>
+        <v>383</v>
       </c>
       <c r="K297" s="1" t="s">
-        <v>22</v>
+        <v>384</v>
       </c>
       <c r="L297" s="1" t="s">
-        <v>1135</v>
+        <v>1169</v>
       </c>
       <c r="M297" s="1" t="s">
         <v>34</v>
       </c>
       <c r="N297" s="1" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="O297" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P297" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q297" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R297" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S297" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T297" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U297" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V297" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="298" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1361</v>
+        <v>16</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1360</v>
+        <v>1236</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1356</v>
+        <v>1134</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I298" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="J298" s="1" t="s">
-        <v>383</v>
+        <v>21</v>
       </c>
       <c r="K298" s="1" t="s">
-        <v>384</v>
+        <v>22</v>
       </c>
       <c r="L298" s="1" t="s">
-        <v>1357</v>
+        <v>1135</v>
       </c>
       <c r="M298" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="N298" s="8" t="s">
-        <v>1358</v>
+      <c r="N298" s="1" t="s">
+        <v>1237</v>
       </c>
       <c r="O298" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P298" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="Q298" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="R298" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="S298" s="1" t="s">
         <v>36</v>
       </c>
       <c r="T298" s="1" t="s">
         <v>37</v>
       </c>
       <c r="U298" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V298" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="299" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J299" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="K299" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="L299" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="M299" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N299" s="8" t="s">
+        <v>1358</v>
+      </c>
+      <c r="O299" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P299" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q299" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R299" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="S299" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T299" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U299" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V299" s="1" t="s">
         <v>1359</v>
       </c>
     </row>
-    <row r="300" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A300" s="1" t="s">
+    <row r="301" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D300" s="1" t="s">
+      <c r="D301" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="E300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G300" s="1" t="s">
+      <c r="E301" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G301" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="H300" s="1" t="s">
+      <c r="H301" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="I300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J300" s="1" t="s">
+      <c r="I301" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J301" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K300" s="1" t="s">
+      <c r="K301" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L300" s="1" t="s">
+      <c r="L301" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="M300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N300" s="1" t="s">
+      <c r="M301" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N301" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="O300" s="1" t="s">
+      <c r="O301" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q300" s="1" t="s">
+      <c r="P301" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q301" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R300" s="1" t="s">
+      <c r="R301" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S300" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V300" s="1" t="s">
+      <c r="S301" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T301" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U301" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V301" s="1" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="302" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A302" s="1" t="s">
+    <row r="303" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="D302" s="1" t="s">
+      <c r="D303" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="E302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G302" s="1" t="s">
+      <c r="E303" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="H302" s="1" t="s">
+      <c r="H303" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="I302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J302" s="1" t="s">
+      <c r="I303" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J303" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K302" s="1" t="s">
+      <c r="K303" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L302" s="1" t="s">
+      <c r="L303" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="M302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N302" s="1" t="s">
+      <c r="M303" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N303" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="O302" s="1" t="s">
+      <c r="O303" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q302" s="1" t="s">
+      <c r="P303" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q303" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R302" s="1" t="s">
+      <c r="R303" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S302" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V302" s="1" t="s">
+      <c r="S303" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T303" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U303" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V303" s="1" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="304" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A304" s="1" t="s">
+    <row r="305" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="C305" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D304" s="1" t="s">
+      <c r="D305" s="1" t="s">
         <v>1250</v>
       </c>
-      <c r="E304" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G304" s="1" t="s">
+      <c r="E305" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G305" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="H304" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J304" s="1" t="s">
+      <c r="H305" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I305" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J305" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K304" s="1" t="s">
+      <c r="K305" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L304" s="1" t="s">
+      <c r="L305" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="M304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N304" s="1" t="s">
+      <c r="M305" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N305" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="O304" s="1" t="s">
+      <c r="O305" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q304" s="1" t="s">
+      <c r="P305" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q305" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R304" s="1" t="s">
+      <c r="R305" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S304" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V304" s="1" t="s">
+      <c r="S305" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T305" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U305" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V305" s="1" t="s">
         <v>1254</v>
       </c>
     </row>
-    <row r="306" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A306" s="1" t="s">
+    <row r="307" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D306" s="1" t="s">
+      <c r="D307" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="E306" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G306" s="1" t="s">
+      <c r="E307" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G307" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="H306" s="1" t="s">
+      <c r="H307" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="I306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J306" s="1" t="s">
+      <c r="I307" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J307" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="K306" s="1" t="s">
+      <c r="K307" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="L306" s="1" t="s">
+      <c r="L307" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="M306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N306" s="1" t="s">
+      <c r="M307" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N307" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="O306" s="1" t="s">
+      <c r="O307" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q306" s="1" t="s">
+      <c r="P307" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q307" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="R306" s="1" t="s">
+      <c r="R307" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="S306" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V306" s="1" t="s">
+      <c r="S307" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T307" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U307" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V307" s="1" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="308" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A308" s="1" t="s">
+    <row r="309" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="C308" s="1" t="s">
+      <c r="C309" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D308" s="1" t="s">
+      <c r="D309" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="E308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G308" s="1" t="s">
+      <c r="E309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G309" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="H308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J308" s="1" t="s">
+      <c r="H309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J309" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="K308" s="1" t="s">
+      <c r="K309" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L308" s="1" t="s">
+      <c r="L309" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="M308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N308" s="1" t="s">
+      <c r="M309" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N309" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="O308" s="1" t="s">
+      <c r="O309" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q308" s="1" t="s">
+      <c r="P309" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q309" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="R308" s="1" t="s">
+      <c r="R309" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="S308" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V308" s="1" t="s">
+      <c r="S309" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T309" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U309" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V309" s="1" t="s">
         <v>1261</v>
       </c>
     </row>
-    <row r="310" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A310" s="1" t="s">
+    <row r="311" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1262</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="C311" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D310" s="1" t="s">
+      <c r="D311" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="E310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F310" s="1" t="s">
+      <c r="E311" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F311" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="G310" s="1" t="s">
+      <c r="G311" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="H310" s="1" t="s">
+      <c r="H311" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="I310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J310" s="1" t="s">
+      <c r="I311" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J311" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K310" s="1" t="s">
+      <c r="K311" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L310" s="1" t="s">
+      <c r="L311" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="M310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N310" s="1" t="s">
+      <c r="M311" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N311" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="O310" s="1" t="s">
+      <c r="O311" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q310" s="1" t="s">
+      <c r="P311" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q311" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="R310" s="1" t="s">
+      <c r="R311" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="S310" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V310" s="1" t="s">
+      <c r="S311" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T311" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U311" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V311" s="1" t="s">
         <v>1266</v>
       </c>
     </row>
-    <row r="311" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A312" s="1" t="s">
+    <row r="312" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="313" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D312" s="1" t="s">
+      <c r="D313" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="E312" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G312" s="1" t="s">
+      <c r="E313" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G313" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="H312" s="1" t="s">
+      <c r="H313" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="I312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J312" s="1" t="s">
+      <c r="I313" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J313" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K312" s="1" t="s">
+      <c r="K313" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L312" s="1" t="s">
+      <c r="L313" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="M312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N312" s="1" t="s">
+      <c r="M313" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N313" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="O312" s="1" t="s">
+      <c r="O313" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q312" s="1" t="s">
+      <c r="P313" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q313" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="R312" s="1" t="s">
+      <c r="R313" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="S312" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V312" s="1" t="s">
+      <c r="S313" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T313" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U313" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V313" s="1" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="313" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A314" s="1" t="s">
+    <row r="314" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="315" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="C315" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D314" s="1" t="s">
+      <c r="D315" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="E314" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G314" s="1" t="s">
+      <c r="E315" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G315" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="H314" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J314" s="1" t="s">
+      <c r="H315" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I315" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J315" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K314" s="1" t="s">
+      <c r="K315" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L314" s="1" t="s">
+      <c r="L315" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="M314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N314" s="1" t="s">
+      <c r="M315" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N315" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="O314" s="1" t="s">
+      <c r="O315" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q314" s="1" t="s">
+      <c r="P315" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q315" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R314" s="1" t="s">
+      <c r="R315" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="S314" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V314" s="1" t="s">
+      <c r="S315" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T315" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U315" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V315" s="1" t="s">
         <v>1266</v>
       </c>
     </row>
-    <row r="315" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A316" s="1" t="s">
+    <row r="316" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="317" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D316" s="1" t="s">
+      <c r="D317" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="E316" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G316" s="1" t="s">
+      <c r="E317" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G317" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="H316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I316" s="1" t="s">
+      <c r="H317" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I317" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="J316" s="1" t="s">
+      <c r="J317" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K316" s="1" t="s">
+      <c r="K317" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L316" s="1" t="s">
+      <c r="L317" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="M316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N316" s="1" t="s">
+      <c r="M317" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N317" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="O316" s="1" t="s">
+      <c r="O317" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P316" s="1" t="s">
+      <c r="P317" s="1" t="s">
         <v>1302</v>
       </c>
-      <c r="Q316" s="1" t="s">
+      <c r="Q317" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R316" s="1" t="s">
+      <c r="R317" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="S316" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V316" s="1" t="s">
+      <c r="S317" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T317" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U317" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V317" s="1" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="318" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A318" s="1" t="s">
+    <row r="319" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="C319" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="D318" s="1" t="s">
+      <c r="D319" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="E318" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G318" s="1" t="s">
+      <c r="E319" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G319" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="H318" s="1" t="s">
+      <c r="H319" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="I318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J318" s="1" t="s">
+      <c r="I319" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J319" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K318" s="1" t="s">
+      <c r="K319" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L318" s="1" t="s">
+      <c r="L319" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="M318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N318" s="1" t="s">
+      <c r="M319" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N319" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="O318" s="1" t="s">
+      <c r="O319" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="P318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q318" s="1" t="s">
+      <c r="P319" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q319" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="R318" s="1" t="s">
+      <c r="R319" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="S318" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V318" s="1" t="s">
+      <c r="S319" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T319" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U319" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V319" s="1" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="320" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A320" s="4">
+    <row r="321" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A321" s="4">
         <v>1</v>
       </c>
-      <c r="B320" s="3">
+      <c r="B321" s="3">
         <v>1100001036127</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D320" t="s">
+      <c r="D321" t="s">
         <v>1331</v>
       </c>
-      <c r="G320" t="s">
+      <c r="G321" t="s">
         <v>1332</v>
       </c>
-      <c r="J320" s="1" t="s">
+      <c r="J321" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K320" s="1" t="s">
+      <c r="K321" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L320" s="4">
+      <c r="L321" s="4">
         <v>55902</v>
       </c>
-      <c r="N320" t="s">
+      <c r="N321" t="s">
         <v>51</v>
       </c>
-      <c r="O320" s="1" t="s">
+      <c r="O321" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q320" s="1" t="s">
+      <c r="P321" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q321" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="R320" t="s">
+      <c r="R321" t="s">
         <v>1286</v>
       </c>
-      <c r="S320" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V320" s="5">
+      <c r="S321" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="T321" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="U321" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V321" s="5">
         <v>45093</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010071F6E9CBA91A9C449A327CFEDD75F1F5" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c9698044ed5daee8ae803c390778d133">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="56ac7de2-7ed4-4870-a907-add9de443170" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08009be0ab558c05c75477451d6a1e21" ns2:_="">
     <xsd:import namespace="56ac7de2-7ed4-4870-a907-add9de443170"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="56ac7de2-7ed4-4870-a907-add9de443170" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -23963,124 +24046,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9705B7A2-528F-4AEC-8373-49303B6833AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4D11239-0E06-4682-B3B1-ABBA7824B8D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7CFF49C-F43E-4757-A7E8-EC7B0C4D5833}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="56ac7de2-7ed4-4870-a907-add9de443170"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{11372f5f-8e19-4efb-8afe-8eac20a980c4}" enabled="1" method="Standard" siteId="{a25fff9c-3f63-4fb2-9a8a-d9bdd0321f9a}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>08142025</vt:lpstr>
+      <vt:lpstr>02182026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Williams, Erin A., M.B.A.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010071F6E9CBA91A9C449A327CFEDD75F1F5</vt:lpwstr>
   </property>
 </Properties>